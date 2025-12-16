--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a122bb22ae4fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3934de4e3a6d4446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4083846606814699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc27900a7f8497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27f1c4587dc4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4083846606814699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5f3d781ee846cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc27900a7f8497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>116,563</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,374</x:t>
-[...463 lines deleted...]
-          <x:t>116,810</x:t>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>