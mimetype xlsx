--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3934de4e3a6d4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2318dd6cb74aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc27900a7f8497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e2153e779943e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5f3d781ee846cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc27900a7f8497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6ca515eb664913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e2153e779943e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>