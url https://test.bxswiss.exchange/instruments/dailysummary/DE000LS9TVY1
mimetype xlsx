--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728c72fbf2fa4db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ecfa52d96e491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd44364d7844e4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5f942a80654a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9574c20d7c4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd44364d7844e4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95757e206b6f4caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5f942a80654a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>110,735</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,584</x:t>
-[...274 lines deleted...]
-          <x:t>113,286</x:t>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>