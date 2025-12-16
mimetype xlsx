--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16d722823044370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429045d0ebab4db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f4003129d1437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree12e9dbdaf04573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11667ec6de4240fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f4003129d1437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b9121fbb75b4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree12e9dbdaf04573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>506,863</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>