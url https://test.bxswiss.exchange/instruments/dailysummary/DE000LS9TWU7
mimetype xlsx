--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2843c1cadc164e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0caea3bedb324618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc903224eaf954e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7de01f5b1c4b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1750e75405014cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc903224eaf954e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5033e49ba04856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7de01f5b1c4b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,087</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>