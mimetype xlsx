--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0caea3bedb324618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc118598fe4cf4346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7de01f5b1c4b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re229c1f4707f48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5033e49ba04856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7de01f5b1c4b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72579af38ac646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re229c1f4707f48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>