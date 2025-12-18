--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0536e648ff74db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dda0846e5284634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc759bed78a4b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce91c1a168b4abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df37bcc7c064cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc759bed78a4b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54850251f614cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce91c1a168b4abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,206</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>