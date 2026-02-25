--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dda0846e5284634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe6aa6d497e4211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce91c1a168b4abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1a209604e74452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54850251f614cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce91c1a168b4abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750f3eb77a224518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1a209604e74452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>108,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,470</x:t>
-[...161 lines deleted...]
-          <x:t>106,385</x:t>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>