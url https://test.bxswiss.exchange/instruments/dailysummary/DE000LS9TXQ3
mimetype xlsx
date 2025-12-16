--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f037d1c628c4c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849d9b9b5c774677" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582a9ce0bfc04f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2805e04acf764cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3120ac94ea3d457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582a9ce0bfc04f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7278b0370d014e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2805e04acf764cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,135</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>