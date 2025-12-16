--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7622d4ae4d1549af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c33940026484c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e9a6bd7ab24fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279aeed1408241f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c27a9db0a01479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e9a6bd7ab24fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b73045a50a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279aeed1408241f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space and Disaster Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,113</x:t>
-[...9 lines deleted...]
-          <x:t>84,880</x:t>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>