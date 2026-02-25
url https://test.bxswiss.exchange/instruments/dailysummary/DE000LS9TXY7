--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c33940026484c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743c302242fb4806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279aeed1408241f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d208533f664229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b73045a50a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279aeed1408241f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf12bcf0ecee74461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d208533f664229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space and Disaster Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>85,435</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,405</x:t>
-[...58 lines deleted...]
-          <x:t>86,090</x:t>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>