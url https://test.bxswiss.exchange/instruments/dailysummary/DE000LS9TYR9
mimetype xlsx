--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649767ca02d644eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e174d6f975b4159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51e6d1dc727449c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re914a558a1894be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95adb10a6ef6478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51e6d1dc727449c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50bf6794ccf54513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re914a558a1894be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,347</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>