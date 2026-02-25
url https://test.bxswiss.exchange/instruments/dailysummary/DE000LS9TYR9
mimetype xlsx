--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e174d6f975b4159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84702daa88884ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re914a558a1894be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea85f63587c4415c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50bf6794ccf54513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re914a558a1894be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd31667a30f4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea85f63587c4415c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...473 lines deleted...]
-          <x:t>131,411</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>129,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>