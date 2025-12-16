--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c29b66ac1c4307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4755bd69df7941cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2d452bc9984651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa5ab520f984fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R301497a4d9d146e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2d452bc9984651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760a0c7783a24d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa5ab520f984fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LONG RANGE TRADING </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>151,301</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,347</x:t>
-[...377 lines deleted...]
-          <x:t>148,347</x:t>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>