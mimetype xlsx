--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4755bd69df7941cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f23c5185d44d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa5ab520f984fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551c6952c2ec4c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760a0c7783a24d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa5ab520f984fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57bc2f4266146b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551c6952c2ec4c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LONG RANGE TRADING </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>150,871</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...316 lines deleted...]
-          <x:t>147,694</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>