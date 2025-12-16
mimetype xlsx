--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cba08887904ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235c435f192343f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127460baa47f4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbece71aff154313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5044652a47854bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127460baa47f4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c436971c8f64f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbece71aff154313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>155,597</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>