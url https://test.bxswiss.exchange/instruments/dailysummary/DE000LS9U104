--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235c435f192343f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988b0d4d640b4c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbece71aff154313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc97325e46b47db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c436971c8f64f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbece71aff154313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a94ba9c8cc64ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc97325e46b47db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>