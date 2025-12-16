--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ede56527c544ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e7f0a694c594190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f1ab83b8cc48a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473764f1ef464b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0ce2d5fa9a4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f1ab83b8cc48a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2cd810c98e47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473764f1ef464b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diese kleine Spende </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,466 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...433 lines deleted...]
-          <x:t>104,719</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>