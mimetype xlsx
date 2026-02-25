--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e7f0a694c594190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R559ac5e48d82482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473764f1ef464b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf24e49140c1444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2cd810c98e47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473764f1ef464b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re697ec872af74fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf24e49140c1444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diese kleine Spende </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>