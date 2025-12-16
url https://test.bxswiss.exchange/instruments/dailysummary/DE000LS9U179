--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc690ff78102454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6893c131a154666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca1d54a363648d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b57a7c2a094e10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac0351293d24453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca1d54a363648d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d21ad62183540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b57a7c2a094e10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,815</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>