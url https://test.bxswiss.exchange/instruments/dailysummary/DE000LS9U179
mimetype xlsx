--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6893c131a154666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32eca81f2f174732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08b57a7c2a094e10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51aff4d9f53d4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d21ad62183540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08b57a7c2a094e10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5662aad55e8452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51aff4d9f53d4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>