--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba9e702793946d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3606f5289e694ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f0381cfff04fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9708b154a0da42b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9b4195bbfb4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f0381cfff04fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2572ed6b6ff54c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9708b154a0da42b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>96,544</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>