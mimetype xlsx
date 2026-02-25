--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3606f5289e694ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7a90e220f0490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9708b154a0da42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdcee05d83244cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2572ed6b6ff54c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9708b154a0da42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e2a6fc1d2f4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdcee05d83244cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,802</x:t>
-[...279 lines deleted...]
-          <x:t>91,176</x:t>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>