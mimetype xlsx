--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd0fa210477c4112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd3231e503c24254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30168aaf60c47a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c731121a58e444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63701ebc1cf442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30168aaf60c47a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c21e7890aca4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c731121a58e444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>103,261</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,898</x:t>
-[...53 lines deleted...]
-          <x:t>103,776</x:t>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>