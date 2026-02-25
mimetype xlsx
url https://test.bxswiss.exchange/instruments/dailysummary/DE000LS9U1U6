--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd3231e503c24254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf972142d923649cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c731121a58e444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17bb2572611e4cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c21e7890aca4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c731121a58e444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5021a3876eaa4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17bb2572611e4cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>108,543</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>108,476</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>