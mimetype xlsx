--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9029dfc174496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327c030124de4093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f19496c0d84d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc5ed7ea59a4ba8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dcf464e986a44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f19496c0d84d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9129560e79704183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc5ed7ea59a4ba8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,952</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>