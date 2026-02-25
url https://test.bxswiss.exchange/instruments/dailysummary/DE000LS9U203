--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327c030124de4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e27dcc7643a4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc5ed7ea59a4ba8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ae3f9d5c684243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9129560e79704183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc5ed7ea59a4ba8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a358b00a8c4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ae3f9d5c684243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>106,562</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,199</x:t>
-[...166 lines deleted...]
-          <x:t>105,239</x:t>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>