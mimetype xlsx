--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea1eaa877a34ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f27cf376234a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cc54fdfb7ae4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10449893dc2043eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1256ddfd70c84af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cc54fdfb7ae4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f4379449e046fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10449893dc2043eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>178,228</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,976</x:t>
-[...328 lines deleted...]
-          <x:t>190,157</x:t>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>