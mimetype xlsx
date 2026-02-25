--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f27cf376234a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f3a3416c634095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10449893dc2043eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcdb30469e2426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f4379449e046fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10449893dc2043eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a8e89066a184fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcdb30469e2426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>