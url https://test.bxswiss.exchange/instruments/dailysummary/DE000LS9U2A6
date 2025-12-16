--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7092fe7baecc4b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9ff18ed8e4680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a43350f6254a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa6147691ff42fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0022ad4ab040a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a43350f6254a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3836e9a7474a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa6147691ff42fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>105,966</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,876</x:t>
-[...269 lines deleted...]
-          <x:t>106,342</x:t>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>