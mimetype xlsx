--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9ff18ed8e4680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b87d8661db425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa6147691ff42fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff446e2cc6054f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3836e9a7474a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa6147691ff42fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra370a57b798f4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff446e2cc6054f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,376</x:t>
-[...58 lines deleted...]
-          <x:t>105,255</x:t>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>105,831</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>