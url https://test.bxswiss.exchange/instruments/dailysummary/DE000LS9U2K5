--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383bbe2be52e44d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3fafa50ff7541d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59492b841d394ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f06c2b9e24d455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2845138b12f742cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59492b841d394ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b055dd89704a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f06c2b9e24d455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,618</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>