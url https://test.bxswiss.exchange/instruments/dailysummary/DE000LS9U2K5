--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3fafa50ff7541d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa8a517e11b4cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f06c2b9e24d455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0433bb177e80438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b055dd89704a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f06c2b9e24d455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf05b3006a54653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0433bb177e80438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>