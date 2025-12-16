--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c83d63a3024504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f36e71662624ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4b8c9e7cda4cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000f0aa86daf4ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd452811947ef470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4b8c9e7cda4cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc625ba15bcdc46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000f0aa86daf4ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FIMAGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,053</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>