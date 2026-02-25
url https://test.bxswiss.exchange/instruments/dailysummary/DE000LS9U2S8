--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f36e71662624ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb19f3a56db40cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000f0aa86daf4ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61e9bff306ea4cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc625ba15bcdc46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000f0aa86daf4ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d39e801e8fc4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61e9bff306ea4cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FIMAGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>124,971</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,251</x:t>
-[...247 lines deleted...]
-          <x:t>123,131</x:t>
+          <x:t>125,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>