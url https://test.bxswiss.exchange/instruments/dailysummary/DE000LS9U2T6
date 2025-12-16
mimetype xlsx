--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84160d17c8d14c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78de3ac70fe443be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a950942ab24215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723a930e7b574030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac52beafb0ce418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a950942ab24215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e992dfe16ad4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723a930e7b574030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,046</x:t>
-[...9 lines deleted...]
-          <x:t>103,986</x:t>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>