--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78de3ac70fe443be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f48f33addf3430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723a930e7b574030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d25de74bef24eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e992dfe16ad4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723a930e7b574030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7668f7cab9c740ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d25de74bef24eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>