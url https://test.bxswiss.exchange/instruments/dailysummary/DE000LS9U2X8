--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd4e25d8c02459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa32ed61821499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4637eaaeb1b543d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298698eec51e4c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d4950fe1074009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4637eaaeb1b543d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7877deec8b5e421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298698eec51e4c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,022</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>