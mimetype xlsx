--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa32ed61821499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7125c906d1f048fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298698eec51e4c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08215cb70f6425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7877deec8b5e421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298698eec51e4c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebc541df89641ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08215cb70f6425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>107,562</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,956</x:t>
-[...107 lines deleted...]
-          <x:t>105,409</x:t>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>