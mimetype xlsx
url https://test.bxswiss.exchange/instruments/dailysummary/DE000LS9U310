--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dd465040454eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf2bc901432467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787908c892b64d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf17b05be210d4cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b88e8f246054799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787908c892b64d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95cad8671d9840f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf17b05be210d4cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>103,402</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,827</x:t>
-[...65 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,409</x:t>
-[...333 lines deleted...]
-          <x:t>107,142</x:t>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>