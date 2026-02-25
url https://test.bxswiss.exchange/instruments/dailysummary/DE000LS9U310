--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf2bc901432467d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d3ce218002486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf17b05be210d4cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee5e4d38200471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95cad8671d9840f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf17b05be210d4cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56730054459d43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee5e4d38200471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>107,669</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>107,858</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,141</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>108,758</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>