--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabbb7d505144600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6412dd3c6194849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511120a95df8463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df17188eb824cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R720608a1d0f04b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511120a95df8463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra618729602284fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df17188eb824cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>103,603</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>105,464</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,304</x:t>
-[...80 lines deleted...]
-          <x:t>104,732</x:t>
+          <x:t>104,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>