--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6412dd3c6194849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16daf5cd9c794a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df17188eb824cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4320d56e6ce249ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra618729602284fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df17188eb824cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af78d01df1847be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4320d56e6ce249ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>