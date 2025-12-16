--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483c9acccae14e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67da60da5e794d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11bf89c28b6a497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9698d324106243f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e34d8542520456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11bf89c28b6a497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e1813d7e494e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9698d324106243f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focusinvesting Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>94,373</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,700</x:t>
-[...63 lines deleted...]
-          <x:t>96,361</x:t>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>