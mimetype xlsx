--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67da60da5e794d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95e7af3b08541a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9698d324106243f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97daddde864e453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e1813d7e494e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9698d324106243f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9fd2ce00114241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97daddde864e453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focusinvesting Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,562</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>98,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,801</x:t>
-[...161 lines deleted...]
-          <x:t>99,275</x:t>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>