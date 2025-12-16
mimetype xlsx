--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R763c18940ac44462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbb35dbab3a46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0773ad4fad34528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c174fe70894d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3b16ed4e1a4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0773ad4fad34528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce3ea1ab6444116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c174fe70894d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,648</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>95,367</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>