--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbb35dbab3a46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2196c6ea004949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c174fe70894d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4ff3058bf24b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce3ea1ab6444116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c174fe70894d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8815310e5f24305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4ff3058bf24b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>