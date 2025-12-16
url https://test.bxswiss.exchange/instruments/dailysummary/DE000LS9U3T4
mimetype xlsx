--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5febd0ed6d8947a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f4c0271b20437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3225fce2c044094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179e2b7166534720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8d0f3a5a024c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3225fce2c044094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a59f911d464770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179e2b7166534720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>109,645</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>