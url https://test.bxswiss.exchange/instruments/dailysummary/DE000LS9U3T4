--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f4c0271b20437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1939788633264ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179e2b7166534720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe54628d90dc4ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a59f911d464770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179e2b7166534720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61181b3d78ee4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe54628d90dc4ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>