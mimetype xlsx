--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e934efc6e9e4c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e3cb567eed4970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4b357e85554d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd32089b67d94bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc12f63d63b874d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4b357e85554d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea9651ef929446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd32089b67d94bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,270</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>