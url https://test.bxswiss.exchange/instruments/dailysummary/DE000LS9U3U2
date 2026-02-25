--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e3cb567eed4970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a2018edb4a43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd32089b67d94bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31760607cc0842b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea9651ef929446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd32089b67d94bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55cb3f64d1304f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31760607cc0842b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>