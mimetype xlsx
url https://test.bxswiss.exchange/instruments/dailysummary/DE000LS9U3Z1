--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4c9294cb8346d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf909df8b2fa14d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f68914d74014837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38f3f8fa5ed4ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3187ab4e41b465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f68914d74014837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e663d02c40e4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38f3f8fa5ed4ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-basierte Cybersicherheit Ai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,426</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>