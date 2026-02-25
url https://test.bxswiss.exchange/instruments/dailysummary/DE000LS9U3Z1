--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf909df8b2fa14d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c195574b0b403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38f3f8fa5ed4ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R342692fd33584866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e663d02c40e4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38f3f8fa5ed4ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3e89d091934023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R342692fd33584866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-basierte Cybersicherheit Ai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>109,785</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>