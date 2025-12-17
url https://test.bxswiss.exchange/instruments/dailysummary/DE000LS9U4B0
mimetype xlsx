--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4912a943c9c5474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aff749135a34161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd260bc61b64c4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6d88dbf95d4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ad49d5aa88492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd260bc61b64c4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d6d18f821674c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6d88dbf95d4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>106,826</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>