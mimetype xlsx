--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aff749135a34161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9225c5aa3d14617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6d88dbf95d4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce94357ded3e4146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d6d18f821674c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6d88dbf95d4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0785437a0bdf4ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce94357ded3e4146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>