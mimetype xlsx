--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa35249ef944ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1b4a748a394855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe7eec809aee4f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefabda463c546f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad777824e9f746a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe7eec809aee4f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cbb1b230c124679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefabda463c546f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>