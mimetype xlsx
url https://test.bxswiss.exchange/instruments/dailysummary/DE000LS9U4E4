--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1b4a748a394855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383fcbdc8e054faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefabda463c546f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b18c2f11df24a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cbb1b230c124679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefabda463c546f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba85c8f337f04c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b18c2f11df24a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>