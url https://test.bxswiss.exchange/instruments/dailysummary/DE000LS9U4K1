--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radfb35240e534085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3cb6428d6b40a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59e01f58bdc47b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2475c53281eb47a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be8105834094fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59e01f58bdc47b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d796d9c8c9d49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2475c53281eb47a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>134,417</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>