--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3cb6428d6b40a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e0a4e2bf8f4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2475c53281eb47a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed8e75aed8a4660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d796d9c8c9d49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2475c53281eb47a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283fd7ae51a94467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed8e75aed8a4660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>123,927</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>124,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>