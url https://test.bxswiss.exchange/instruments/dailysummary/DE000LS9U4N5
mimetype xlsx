--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d55c4c8bdbf4031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3bfc37d88747a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b68592585f940dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf651d753b947d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2de7b2a06840cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b68592585f940dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4d6ceb6e5b4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf651d753b947d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,261</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>