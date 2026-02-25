--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3bfc37d88747a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc614e0657d43e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf651d753b947d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8403d429a1eb4a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4d6ceb6e5b4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf651d753b947d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33682111738646f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8403d429a1eb4a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>