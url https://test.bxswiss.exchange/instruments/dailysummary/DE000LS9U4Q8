--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dbc8c367d14b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ee97a73f7e4d96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa98db1e9fbe4ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7355e471a4847df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f0053af5dc4a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa98db1e9fbe4ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4aa1fc824c04427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7355e471a4847df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Pioniere der KI mit LLMs AGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,189</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>