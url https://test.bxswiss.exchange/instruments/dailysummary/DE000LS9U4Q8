--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ee97a73f7e4d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef136d901494697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7355e471a4847df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890116b8802f487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4aa1fc824c04427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7355e471a4847df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503fe92a400f4d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890116b8802f487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Pioniere der KI mit LLMs AGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>71,931</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>77,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>