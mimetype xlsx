--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e7c213d3bcd426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcba645605304c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8edba789c7d40d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56457be80e0d49e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6476cac796094ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8edba789c7d40d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6bd1a42caa4ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56457be80e0d49e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>24,885</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>