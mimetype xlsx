--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcba645605304c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bc7d5da0e234f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56457be80e0d49e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R605372437e0f4cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6bd1a42caa4ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56457be80e0d49e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7ad655a0f3450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R605372437e0f4cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>29,961</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,878</x:t>
-[...323 lines deleted...]
-          <x:t>29,505</x:t>
+          <x:t>29,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>