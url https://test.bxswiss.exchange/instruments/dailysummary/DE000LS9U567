--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba478f61ca4409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c22eb377c584157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1703786863634fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac435c444d545a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc849ad68184294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1703786863634fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaef6bb29d5242a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac435c444d545a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,194</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>