--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c22eb377c584157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dfd08486114d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac435c444d545a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab09d6fa27443b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaef6bb29d5242a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac435c444d545a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R356b384b198145fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab09d6fa27443b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,918</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>88,722</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>88,958</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>