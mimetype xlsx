--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bcbcbdf1ff4975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4163327c6546c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d717c737e4e4078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134d18b34bee4f19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc8346eb56a4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d717c737e4e4078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715ced171ad444ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134d18b34bee4f19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>127,677</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>