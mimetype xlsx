--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4163327c6546c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537ea292d4c74adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134d18b34bee4f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e82901a54048f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715ced171ad444ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134d18b34bee4f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2349591d627e4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e82901a54048f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>