--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b71a42c07a4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfacb19489b2449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb140550d69304c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c78f63e5a524682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577ed4ea65e4411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb140550d69304c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7025c72a7dfe4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c78f63e5a524682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,093</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>