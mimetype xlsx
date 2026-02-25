--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfacb19489b2449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198778daa58046df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c78f63e5a524682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re19d3170ba01470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7025c72a7dfe4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c78f63e5a524682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64317c65cc2b4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re19d3170ba01470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>