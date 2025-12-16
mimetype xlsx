--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240839223bca476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9c2bce7a2f42bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a6b51a679548d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc640c3ace44d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53575f863f2840e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a6b51a679548d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8bac5ff81e45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc640c3ace44d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,523</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>