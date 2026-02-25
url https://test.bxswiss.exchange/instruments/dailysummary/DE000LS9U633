--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9c2bce7a2f42bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d943fbce0b34a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc640c3ace44d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4433d260d54b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8bac5ff81e45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc640c3ace44d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36df22e97d1d4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4433d260d54b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>