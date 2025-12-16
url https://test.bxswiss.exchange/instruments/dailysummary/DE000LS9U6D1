--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8c0644b05941f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra705d75aa7fa447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254c7e2a0ba74c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a6856cea7f4892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24eed391783b4844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254c7e2a0ba74c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae94d7a1113049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a6856cea7f4892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,443</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>