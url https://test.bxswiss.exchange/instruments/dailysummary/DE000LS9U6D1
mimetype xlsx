--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra705d75aa7fa447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378db74ee4a343f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a6856cea7f4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac10e53d717d4f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae94d7a1113049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a6856cea7f4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe4b0add86ec4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac10e53d717d4f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>