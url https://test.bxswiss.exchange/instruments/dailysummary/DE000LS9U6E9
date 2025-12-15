--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e7f80dc72c4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785631b5de8a44e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ea5d67dd1d4c93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c4c56fe6034e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0710c53c1fd24aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ea5d67dd1d4c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96790374157947c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c4c56fe6034e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Serial Acquirers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6E9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>109,381</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,436</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>109,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,307</x:t>
-[...382 lines deleted...]
-          <x:t>109,643</x:t>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>