--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785631b5de8a44e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc362f4c6178b40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c4c56fe6034e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98d1727b0524cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96790374157947c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c4c56fe6034e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8507ebf3df240fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98d1727b0524cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Serial Acquirers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6E9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>110,030</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,956</x:t>
-[...107 lines deleted...]
-          <x:t>109,384</x:t>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>