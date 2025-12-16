--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbc8a74f835480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5411f1321a46c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bcfd0489a6b440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12d97a5c73e4bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra063eabcbe7949a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bcfd0489a6b440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523810927d4043c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12d97a5c73e4bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,961</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>