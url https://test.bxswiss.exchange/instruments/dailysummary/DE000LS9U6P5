--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5411f1321a46c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40b5c20803a4f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12d97a5c73e4bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e92cb1e05f849b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523810927d4043c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12d97a5c73e4bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a28f3e7bfa4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e92cb1e05f849b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>