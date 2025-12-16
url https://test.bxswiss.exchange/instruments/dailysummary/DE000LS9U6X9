--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8509e3bacc324085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bea68b4b87482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480d89ba0c9f4c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a58bebea5b45f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ce3a4ded1a4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480d89ba0c9f4c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6346dd8c6b604f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a58bebea5b45f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>474,276</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>