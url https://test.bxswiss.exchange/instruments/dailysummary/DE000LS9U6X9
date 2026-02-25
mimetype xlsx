--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bea68b4b87482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a27ad927ba94c94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a58bebea5b45f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e343dc4c9a42cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6346dd8c6b604f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a58bebea5b45f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9862627816784c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e343dc4c9a42cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>550,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>539,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>