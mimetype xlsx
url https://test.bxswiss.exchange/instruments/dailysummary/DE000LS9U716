--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76deb85f54fe4ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c4bae9455479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82864e4f9d204746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7fe6dcf6814e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136e58e14b3a4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82864e4f9d204746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5aaaa7a8f494bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7fe6dcf6814e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>96,508</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>