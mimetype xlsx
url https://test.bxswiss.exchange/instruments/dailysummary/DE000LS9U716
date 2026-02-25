--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c4bae9455479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a07e9774fcf45e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7fe6dcf6814e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7361b586d6ea4151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5aaaa7a8f494bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7fe6dcf6814e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944da6021558430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7361b586d6ea4151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,933</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>96,099</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>