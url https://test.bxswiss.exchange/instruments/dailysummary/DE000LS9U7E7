--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a994fdd3a4c4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e81fd96f3b14a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d160960cea34e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215d97ca81494325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb861a1e419de4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d160960cea34e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27cd5bde6c4e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215d97ca81494325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar KI-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,331</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>