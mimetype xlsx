--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e81fd96f3b14a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1d520302614ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215d97ca81494325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc970da43e078445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27cd5bde6c4e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215d97ca81494325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93488418f2449d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc970da43e078445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar KI-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>