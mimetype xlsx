--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e32243d1b54427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4503e4357d436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87bf964f2ba544a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b1537efb4d4eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8556a638c64373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87bf964f2ba544a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d34efd070254dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b1537efb4d4eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,018</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>