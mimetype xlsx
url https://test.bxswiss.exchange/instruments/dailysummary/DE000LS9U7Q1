--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4503e4357d436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41d30e8577f4e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b1537efb4d4eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d275040b3b4390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d34efd070254dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b1537efb4d4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ba59caac934cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d275040b3b4390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...473 lines deleted...]
-          <x:t>100,271</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>