--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a80b488f2f42d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a9232fea564645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bfe99cbbc284f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ce9343ed1b4b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b69b0c54ea46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bfe99cbbc284f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb1dfc3c4fe4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ce9343ed1b4b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,924</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>