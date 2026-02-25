--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a9232fea564645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2197a3df64574012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ce9343ed1b4b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5490d43d488445fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb1dfc3c4fe4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ce9343ed1b4b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a2e1b112734445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5490d43d488445fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>