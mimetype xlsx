--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc232be2f45d492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda1e398f1904d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697386156e834b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6ffe17ce3541fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7def93c7764c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697386156e834b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528fa32c9164633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6ffe17ce3541fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,411</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>