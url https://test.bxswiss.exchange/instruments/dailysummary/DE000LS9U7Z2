--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda1e398f1904d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8f23e6404f44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6ffe17ce3541fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9da636414f4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528fa32c9164633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6ffe17ce3541fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3919ab227340ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9da636414f4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>119,650</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,549</x:t>
-[...58 lines deleted...]
-          <x:t>120,278</x:t>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>