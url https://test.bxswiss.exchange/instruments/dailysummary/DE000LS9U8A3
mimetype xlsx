--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ed1f01304f4bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d993bc38b84f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81674b6d7064da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7d3498a1654dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78764cc27e4540dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81674b6d7064da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40918386e0f240b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7d3498a1654dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,144</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>