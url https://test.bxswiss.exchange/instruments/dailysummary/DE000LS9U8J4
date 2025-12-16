--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33160f4d198c480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ba454a7e624e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b112d400e294c8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812f7283eb1246ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29dd8027bb9341ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b112d400e294c8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re721862c47ca4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812f7283eb1246ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,334</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>