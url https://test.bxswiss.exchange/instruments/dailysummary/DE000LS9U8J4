--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ba454a7e624e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72763ad6566641fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812f7283eb1246ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34785f3b22f7422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re721862c47ca4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812f7283eb1246ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb969bbe2b1064170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34785f3b22f7422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>