--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75897c23dc444f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383b5dfd8ebe4cee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408c7ce40d80453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2291182b59e4cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fdde00402c4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408c7ce40d80453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c871d9fa47f4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2291182b59e4cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,957</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>