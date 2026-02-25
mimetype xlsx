--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383b5dfd8ebe4cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8c8392d50342e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2291182b59e4cd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc489900c33f740b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c871d9fa47f4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2291182b59e4cd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29996eb857cc4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc489900c33f740b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>150,513</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,019</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,937</x:t>
-[...144 lines deleted...]
-          <x:t>146,798</x:t>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>